--- v0 (2026-01-14)
+++ v1 (2026-03-06)
@@ -243,264 +243,1237 @@
             <w:r w:rsidR="007E74FF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E74FF" w:rsidRPr="007E74FF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>öffentlichen Unternehmen i. S. v. Anhang I Artikel 3 Absatz 4 AGVO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4655" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="60A243F5" w14:textId="3AC7E7E5" w:rsidR="00252BFC" w:rsidRDefault="00252BFC" w:rsidP="00E23016">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C15ED76" w14:textId="77777777" w:rsidR="00252BFC" w:rsidRDefault="00252BFC" w:rsidP="00E23016">
+          <w:p w14:paraId="4C15ED76" w14:textId="2BE0B575" w:rsidR="00252BFC" w:rsidRDefault="00252BFC" w:rsidP="00E23016">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">FRL </w:t>
             </w:r>
             <w:r w:rsidRPr="00D833A6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kreislaufwirtschaft</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00D833A6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>2024 (FRL KrW/2024)</w:t>
+            <w:r w:rsidR="00046EE8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>und Ressourceneffizienz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FFB1345" w14:textId="77777777" w:rsidR="00E23016" w:rsidRPr="00E54E72" w:rsidRDefault="00E23016" w:rsidP="00E23016">
-      <w:pPr>
+    <w:p w14:paraId="3FFB1345" w14:textId="77777777" w:rsidR="00E23016" w:rsidRDefault="00E23016" w:rsidP="00E23016">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
+          <w:tab w:val="left" w:pos="397"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9687" w:type="dxa"/>
+        <w:tblInd w:w="-56" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00046EE8" w:rsidRPr="004A0C83" w14:paraId="22F65187" w14:textId="77777777" w:rsidTr="00D81FCA">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9687" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="519912C1" w14:textId="5069A70A" w:rsidR="00046EE8" w:rsidRPr="004A0C83" w:rsidRDefault="00D81FCA" w:rsidP="00541CCD">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00046EE8" w:rsidRPr="00B02A42">
+              <w:t>Prüfungsschema zur Förderfähigkeit</w:t>
+            </w:r>
+            <w:r w:rsidR="002C37A6">
+              <w:t xml:space="preserve"> von Nicht-KMU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48A45981" w14:textId="77777777" w:rsidR="00046EE8" w:rsidRPr="00046EE8" w:rsidRDefault="00046EE8" w:rsidP="00D81FCA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="842"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="101" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Die</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Unternehmensgröße</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>keinen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Einfluss</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>auf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>die</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Förderfähigkeit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vorhabens,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wenn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>das</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="9"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vorhaben</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="640A8C18" w14:textId="77777777" w:rsidR="00046EE8" w:rsidRPr="00046EE8" w:rsidRDefault="00046EE8" w:rsidP="00046EE8">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1056"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="214"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nichtinvestiv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ist,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AD5395" w14:textId="77777777" w:rsidR="00046EE8" w:rsidRPr="00046EE8" w:rsidRDefault="00046EE8" w:rsidP="00046EE8">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1056"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="214"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>einem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>förderfähigen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Gebiet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Anlage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Richtlinie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>liegt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>oder</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6C2CF5" w14:textId="3F5072FD" w:rsidR="00046EE8" w:rsidRPr="00046EE8" w:rsidRDefault="00046EE8" w:rsidP="004C5770">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1054"/>
+          <w:tab w:val="left" w:pos="1056"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="3" w:line="244" w:lineRule="auto"/>
+        <w:ind w:right="282" w:hanging="214"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>zu</w:t>
+      </w:r>
+      <w:r w:rsidR="009A59CE">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">STEP-Fördergegenstand </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nummer 2.1.d der Richtlinie und den hiermit verbundenen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Voraus</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5770">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>setzungen passt und nicht in Leipzig, Landkreis Leipzig oder dem Landkreis Nordsachsen liegt</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5770">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A0FE8E" w14:textId="77777777" w:rsidR="00D81FCA" w:rsidRPr="00046EE8" w:rsidRDefault="00046EE8" w:rsidP="00D81FCA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="842"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="101" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dieses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Formular</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Erfüllung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>einer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dieser</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Varianten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046EE8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>auszufüllen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03DEF25F" w14:textId="0A187949" w:rsidR="00D81FCA" w:rsidRDefault="00FA7937" w:rsidP="00D81FCA">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="842"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="101" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA7937">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Nur wenn ein Vorhaben in keine der oben genannten Varianten passt, ist die Förderfähigkeit von der Einordnung als „nichtproduktive Investition“ abhängig. Bitte befüllen Sie in diesem Fall dieses Formular ab Seite 2 vollständig und reichen Sie es als Antragsunterlage ein.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793C3F71" w14:textId="77777777" w:rsidR="00025760" w:rsidRPr="00025760" w:rsidRDefault="00025760" w:rsidP="00025760">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="842"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1118D275" w14:textId="5F1BF388" w:rsidR="00C77AB7" w:rsidRDefault="00025760" w:rsidP="00E23016">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="340"/>
+          <w:tab w:val="left" w:pos="397"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E5A8BD6" wp14:editId="052C738C">
+            <wp:extent cx="6153150" cy="5979691"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="1574390454" name="Grafik 1" descr="Ein Bild, das Text, Elektronik, Screenshot, Software enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1574390454" name="Grafik 1" descr="Ein Bild, das Text, Elektronik, Screenshot, Software enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6161883" cy="5988178"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9729" w:type="dxa"/>
+        <w:tblInd w:w="-98" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9729"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C77AB7" w:rsidRPr="004A0C83" w14:paraId="5D70FA0E" w14:textId="77777777" w:rsidTr="00C77AB7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9729" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="49162448" w14:textId="77777777" w:rsidR="00C77AB7" w:rsidRPr="00C77AB7" w:rsidRDefault="00C77AB7" w:rsidP="00765AC7">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:spacing w:before="32"/>
+              <w:ind w:left="39"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>Produktive</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>oder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+              </w:rPr>
+              <w:t>nichtproduktive</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C77AB7">
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Investition?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761D4F1D" w14:textId="717AACE7" w:rsidR="00C77AB7" w:rsidRPr="004A0C83" w:rsidRDefault="00C77AB7" w:rsidP="00765AC7">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:ind w:left="-62"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C27F07F" w14:textId="77777777" w:rsidR="00C77AB7" w:rsidRPr="00E54E72" w:rsidRDefault="00C77AB7" w:rsidP="00765AC7">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:tabs>
           <w:tab w:val="left" w:pos="340"/>
           <w:tab w:val="left" w:pos="397"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9715" w:type="dxa"/>
         <w:tblInd w:w="-84" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="348"/>
         <w:gridCol w:w="135"/>
         <w:gridCol w:w="9232"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C4290E" w:rsidRPr="004A0C83" w14:paraId="2160ACF4" w14:textId="77777777" w:rsidTr="007E74FF">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="348" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E1F0208" w14:textId="77777777" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="00C4290E" w:rsidP="00F87764">
+          <w:p w14:paraId="1E1F0208" w14:textId="77777777" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="00C4290E" w:rsidP="00765AC7">
             <w:pPr>
               <w:keepNext/>
+              <w:keepLines/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4290E">
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="135" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="269DA51B" w14:textId="77777777" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="00C4290E" w:rsidP="00F87764">
+          <w:p w14:paraId="269DA51B" w14:textId="77777777" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="00C4290E" w:rsidP="00765AC7">
             <w:pPr>
               <w:keepNext/>
+              <w:keepLines/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
           </w:tcPr>
-          <w:p w14:paraId="551BAA4A" w14:textId="2F27091C" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="007E74FF" w:rsidP="00F87764">
+          <w:p w14:paraId="551BAA4A" w14:textId="2F27091C" w:rsidR="00C4290E" w:rsidRPr="004A0C83" w:rsidRDefault="007E74FF" w:rsidP="00765AC7">
             <w:pPr>
               <w:keepNext/>
+              <w:keepLines/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E74FF">
               <w:t>Steigerung des Wertes oder der Rentabilität des Unternehmens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1A937457" w14:textId="25E2F6F6" w:rsidR="00B0250D" w:rsidRPr="00C45372" w:rsidRDefault="00B0250D" w:rsidP="00BF019D">
+    <w:p w14:paraId="1A937457" w14:textId="25E2F6F6" w:rsidR="00B0250D" w:rsidRPr="00C45372" w:rsidRDefault="00B0250D" w:rsidP="00765AC7">
       <w:pPr>
         <w:pStyle w:val="b3"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="788" w:hanging="431"/>
       </w:pPr>
       <w:r w:rsidRPr="00C45372">
         <w:t>Zu welchen der folgenden Kategorien passt Ihre Investition?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9575" w:type="dxa"/>
         <w:tblInd w:w="178" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="445"/>
         <w:gridCol w:w="17"/>
         <w:gridCol w:w="483"/>
         <w:gridCol w:w="7"/>
         <w:gridCol w:w="8623"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B44041" w14:paraId="3C2E670F" w14:textId="77777777" w:rsidTr="00B145E5">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="445" w:type="dxa"/>
           <w:trHeight w:val="134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9130" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="48453F44" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="00D77CBE" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="48453F44" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="00D77CBE" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:ind w:left="-106"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rStyle w:val="Kommentarzeichen"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2398E8F9" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00BF019D">
+          <w:p w14:paraId="2398E8F9" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
               <w:pStyle w:val="kleinerHinweis"/>
               <w:spacing w:before="0" w:after="120"/>
               <w:ind w:left="-62"/>
               <w:rPr>
                 <w:rStyle w:val="Kommentarzeichen"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D77CBE">
               <w:t>(Bitte ankreuzen, Mehrfachnennungen möglich)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w:rsidRPr="00D26DF9" w14:paraId="7AEC01DF" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05E350B4" w14:textId="39A83282" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="05E350B4" w14:textId="39A83282" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -521,87 +1494,91 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9BAA95" w14:textId="0E4BA5DC" w:rsidR="00B63070" w:rsidRPr="00B63070" w:rsidRDefault="00B63070" w:rsidP="00A20666">
+          <w:p w14:paraId="7C9BAA95" w14:textId="0E4BA5DC" w:rsidR="00B63070" w:rsidRPr="00B63070" w:rsidRDefault="00B63070" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B63070">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investition in Anlagekapital (Maschinen, Technologie und Ausrüstung, Investitionen in Gebäude und Anlagen, die für die Durchführung kommerzieller Tätigkeiten erforderlich sind, z. B. Bau eines Fabrikgebäudes eines Produktionsunternehmens)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w:rsidRPr="00D26DF9" w14:paraId="6A793F8E" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B10D002" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="4B10D002" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -621,98 +1598,102 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5F08AA47" w14:textId="688237F2" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00A20666">
+          <w:p w14:paraId="5F08AA47" w14:textId="688237F2" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investition in immaterielle Vermögenswerte (Patente und ähnliche Schutzrechte, Gebrauchsmuster, Geschmacksmuster, Warenzeichen, Rezepturen, Konzessionen, Lizenzen, Marken</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Endnotenzeichen"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w:rsidRPr="00D26DF9" w14:paraId="2B7BB990" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48881BA7" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="48881BA7" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -732,87 +1713,91 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2899B32E" w14:textId="4E02D990" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00A20666">
+          <w:p w14:paraId="2899B32E" w14:textId="4E02D990" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investition dient der Produktion von Waren</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w:rsidRPr="00D26DF9" w14:paraId="41731EE9" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="448A9896" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="448A9896" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -832,87 +1817,91 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="140C9314" w14:textId="07D68A3F" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00A20666">
+          <w:p w14:paraId="140C9314" w14:textId="07D68A3F" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investition dient der Produktion von Dienstleistungen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w:rsidRPr="00D26DF9" w14:paraId="0CB4CA75" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7875B6C5" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="7875B6C5" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -932,87 +1921,91 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="56F19382" w14:textId="33DCCD69" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00A20666">
+          <w:p w14:paraId="56F19382" w14:textId="33DCCD69" w:rsidR="00B44041" w:rsidRPr="007B5A40" w:rsidRDefault="00B63070" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investitionen zur Schaffung oder zum Erhalt von Arbeitsplätzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w14:paraId="52CE366C" w14:textId="77777777" w:rsidTr="008E4FDD">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="462" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="483" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC79105" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="0EC79105" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="007D3021" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1032,137 +2025,143 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="19132E3B" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00A20666">
+          <w:p w14:paraId="19132E3B" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="007B5A40">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">onstige </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(bitte eintragen)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE156DE" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="006F5E52" w:rsidRDefault="00B44041" w:rsidP="00A20666">
+          <w:p w14:paraId="0FE156DE" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="006F5E52" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:after="60" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D77CBE">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(maximal 200 Zeichen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B44041" w14:paraId="380E8B09" w14:textId="77777777" w:rsidTr="00B145E5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0ABAC7" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="00D26DF9" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="4C0ABAC7" w14:textId="77777777" w:rsidR="00B44041" w:rsidRPr="00D26DF9" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8623" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="52AC5390" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00254A38">
+          <w:p w14:paraId="52AC5390" w14:textId="77777777" w:rsidR="00B44041" w:rsidRDefault="00B44041" w:rsidP="00765AC7">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="200"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -1796,74 +2795,73 @@
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A717242" w14:textId="77777777" w:rsidR="00577E1D" w:rsidRDefault="00577E1D" w:rsidP="00E737E8">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D392138" w14:textId="08DB93CB" w:rsidR="000A410A" w:rsidRPr="007436F2" w:rsidRDefault="000A410A" w:rsidP="00E737E8">
+    <w:p w14:paraId="5D392138" w14:textId="4B5EDC0A" w:rsidR="000A410A" w:rsidRPr="007436F2" w:rsidRDefault="000A410A" w:rsidP="00E737E8">
       <w:pPr>
         <w:pStyle w:val="b3"/>
       </w:pPr>
       <w:r w:rsidRPr="007F0745">
         <w:t>Unternehmen</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mit mindestens 25 %</w:t>
       </w:r>
       <w:r w:rsidR="00B76859">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="002C37A6">
+        <w:t xml:space="preserve">staatlichem </w:t>
+      </w:r>
       <w:r>
         <w:t>Anteil</w:t>
       </w:r>
-      <w:r w:rsidR="00B76859">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="73BC59FA" w14:textId="4D140C93" w:rsidR="004F68E7" w:rsidRDefault="000A410A" w:rsidP="00A20666">
+    <w:p w14:paraId="30301950" w14:textId="77777777" w:rsidR="00D52132" w:rsidRDefault="000A410A" w:rsidP="00D52132">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
-        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -1871,69 +2869,219 @@
       </w:r>
       <w:r w:rsidRPr="00C43754">
         <w:t xml:space="preserve">werden </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mindestens </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43754">
         <w:t xml:space="preserve">25 % des Kapitals oder der Stimmrechte direkt oder </w:t>
       </w:r>
       <w:r>
         <w:t>indirekt von einer oder mehreren</w:t>
       </w:r>
       <w:r w:rsidRPr="00C43754">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">öffentlichen </w:t>
       </w:r>
       <w:r w:rsidRPr="00C43754">
         <w:t>Stellen einzeln oder gemeinsam kontrolliert</w:t>
       </w:r>
       <w:r w:rsidR="008E4FDD">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00D52132">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D52132">
+        <w:br/>
+        <w:t>Inwiefern geht das Vorhaben über gesetzlich verpflichtende Aufgaben hinaus?</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6012AAC4" w14:textId="2D498358" w:rsidR="00B76859" w:rsidRPr="00A06709" w:rsidRDefault="00B76859" w:rsidP="00B76859">
+    <w:p w14:paraId="75E096A2" w14:textId="4047E59C" w:rsidR="00D52132" w:rsidRPr="00A06709" w:rsidRDefault="00D52132" w:rsidP="00D52132">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
-        <w:ind w:firstLine="12"/>
-[...1 lines deleted...]
-      <w:r>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="11"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D77CBE">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Sofern hier keine Auswahl getroffen wurde, bitte weiter mit Nr. 2</w:t>
+        <w:t>(maximal 2.000 Zeichen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B10C3DC" w14:textId="77777777" w:rsidR="00B76859" w:rsidRDefault="00B76859" w:rsidP="00A20666">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="8595" w:type="dxa"/>
+        <w:tblInd w:w="1003" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8595"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D52132" w14:paraId="47540F1B" w14:textId="77777777" w:rsidTr="00EC7885">
+        <w:trPr>
+          <w:trHeight w:val="517"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8595" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43FFCC79" w14:textId="77777777" w:rsidR="00D52132" w:rsidRDefault="00D52132" w:rsidP="00EC7885">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="2000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B10C3DC" w14:textId="7ED44DC8" w:rsidR="00B76859" w:rsidRDefault="00B76859" w:rsidP="00A20666">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6DB8EA" w14:textId="77777777" w:rsidR="004F68E7" w:rsidRDefault="004F68E7" w:rsidP="00E737E8">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
@@ -2120,53 +3268,53 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DAA368F" w14:textId="77777777" w:rsidR="004F68E7" w:rsidRDefault="004F68E7" w:rsidP="004F68E7">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="504"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45FBD574" w14:textId="52F5D2C7" w:rsidR="004F68E7" w:rsidRPr="00E737E8" w:rsidRDefault="004F68E7" w:rsidP="00E737E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="b3"/>
+    <w:p w14:paraId="45FBD574" w14:textId="52F5D2C7" w:rsidR="004F68E7" w:rsidRPr="00D52132" w:rsidRDefault="004F68E7" w:rsidP="00D52132">
+      <w:pPr>
+        <w:pStyle w:val="Formatvorlage2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E737E8">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Wirkung der Investition auf die </w:t>
       </w:r>
       <w:r w:rsidR="006401B7" w:rsidRPr="00E737E8">
         <w:t xml:space="preserve">maßgeblichen/einschlägigen </w:t>
       </w:r>
       <w:r w:rsidRPr="00E737E8">
         <w:t>Gebühren</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6938A43F" w14:textId="77777777" w:rsidR="004F68E7" w:rsidRPr="00E737E8" w:rsidRDefault="004F68E7" w:rsidP="00E737E8">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -2201,53 +3349,57 @@
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D77CBE">
         <w:t>Das Kostenüberschreitungsverbot (§ 10 Abs. 1 Sächsisches Kommunalabgabengesetz) wird eingehalten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D01EE50" w14:textId="77777777" w:rsidR="004F68E7" w:rsidRDefault="004F68E7" w:rsidP="00E737E8">
+    <w:p w14:paraId="3D01EE50" w14:textId="77777777" w:rsidR="004F68E7" w:rsidRPr="006B0F99" w:rsidRDefault="004F68E7" w:rsidP="00E737E8">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage1"/>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E203C59" w14:textId="4186BF5C" w:rsidR="00ED10CD" w:rsidRPr="00D77CBE" w:rsidRDefault="00ED10CD" w:rsidP="00D77CBE">
       <w:pPr>
         <w:pStyle w:val="Formatvorlage2"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D77CBE">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>(Bitte nur eine Auswahl treffen)</w:t>
       </w:r>
@@ -4635,61 +5787,94 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D1016" w:rsidRPr="00D26DF9" w14:paraId="08DF284A" w14:textId="77777777" w:rsidTr="006760B2">
+    </w:tbl>
+    <w:p w14:paraId="4ADD48EC" w14:textId="77777777" w:rsidR="001417E2" w:rsidRPr="001417E2" w:rsidRDefault="001417E2">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9645" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="8693"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D1016" w:rsidRPr="00D26DF9" w14:paraId="08DF284A" w14:textId="77777777" w:rsidTr="001417E2">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="532" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50EF7E7E" w14:textId="77777777" w:rsidR="002D1016" w:rsidRPr="007D3021" w:rsidRDefault="002D1016" w:rsidP="006760B2">
+          <w:p w14:paraId="50EF7E7E" w14:textId="77777777" w:rsidR="002D1016" w:rsidRPr="007D3021" w:rsidRDefault="002D1016" w:rsidP="001417E2">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -4708,152 +5893,155 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A99B33A" w14:textId="1A814EF0" w:rsidR="008522DA" w:rsidRDefault="002D1016" w:rsidP="008522DA">
+          <w:p w14:paraId="2A99B33A" w14:textId="1A814EF0" w:rsidR="008522DA" w:rsidRDefault="002D1016" w:rsidP="001417E2">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D1016">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verkehr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sdienstleistung</w:t>
             </w:r>
             <w:r w:rsidR="00726681" w:rsidRPr="00726681">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(en)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0ED47D7F" w14:textId="657D84DF" w:rsidR="002D1016" w:rsidRPr="008522DA" w:rsidRDefault="008522DA" w:rsidP="008522DA">
+          <w:p w14:paraId="0ED47D7F" w14:textId="657D84DF" w:rsidR="002D1016" w:rsidRPr="008522DA" w:rsidRDefault="008522DA" w:rsidP="001417E2">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008522DA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(maximal 2000 Zeichen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006760B2" w:rsidRPr="00D26DF9" w14:paraId="06CC7C9B" w14:textId="77777777" w:rsidTr="006760B2">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="532" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F68AA31" w14:textId="77777777" w:rsidR="006760B2" w:rsidRPr="007D3021" w:rsidRDefault="006760B2" w:rsidP="006760B2">
+          <w:p w14:paraId="6F68AA31" w14:textId="77777777" w:rsidR="006760B2" w:rsidRPr="007D3021" w:rsidRDefault="006760B2" w:rsidP="001417E2">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D55FCB5" w14:textId="7AFB9123" w:rsidR="006760B2" w:rsidRPr="002D1016" w:rsidRDefault="006760B2" w:rsidP="006760B2">
+          <w:p w14:paraId="1D55FCB5" w14:textId="7AFB9123" w:rsidR="006760B2" w:rsidRPr="002D1016" w:rsidRDefault="006760B2" w:rsidP="001417E2">
             <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2000"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4987,51 +6175,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1B5F3FD2" w14:textId="2EC758F0" w:rsidR="006760B2" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dienstleistung</w:t>
             </w:r>
@@ -5078,51 +6265,50 @@
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="532" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="710CFF4F" w14:textId="77777777" w:rsidR="006760B2" w:rsidRPr="007D3021" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1AAB7363" w14:textId="3C65EBA7" w:rsidR="006760B2" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5266,51 +6452,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007D3021">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="280675E5" w14:textId="299FABFE" w:rsidR="006760B2" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="007B5A40">
@@ -5358,51 +6543,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006760B2" w14:paraId="0BA9134C" w14:textId="77777777" w:rsidTr="006760B2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FE746A9" w14:textId="77777777" w:rsidR="006760B2" w:rsidRPr="00D26DF9" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8693" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
           </w:tcPr>
           <w:p w14:paraId="668EB455" w14:textId="6D49D537" w:rsidR="006760B2" w:rsidRDefault="006760B2" w:rsidP="006760B2">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -7780,275 +8964,127 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="748A9425" w14:textId="77777777" w:rsidR="002D1016" w:rsidRDefault="002D1016" w:rsidP="0036460F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C6F4875" w14:textId="165B6D11" w:rsidR="00EE3A1F" w:rsidRDefault="00EE3A1F">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1C8C9CFF" w14:textId="4E596D7F" w:rsidR="00726681" w:rsidRDefault="00726681" w:rsidP="00765AC7">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...139 lines deleted...]
-    <w:sectPr w:rsidR="00726681" w:rsidSect="00B92371">
+    <w:sectPr w:rsidR="00726681" w:rsidSect="00765AC7">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:footnotePr>
         <w:numFmt w:val="lowerLetter"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="lowerLetter"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2056CFEF" w14:textId="77777777" w:rsidR="00F07EAC" w:rsidRDefault="00F07EAC" w:rsidP="00F604BE">
+    <w:p w14:paraId="243193C2" w14:textId="77777777" w:rsidR="005A3846" w:rsidRDefault="005A3846" w:rsidP="00F604BE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BB911BC" w14:textId="77777777" w:rsidR="00F07EAC" w:rsidRDefault="00F07EAC" w:rsidP="00F604BE">
+    <w:p w14:paraId="630E84C3" w14:textId="77777777" w:rsidR="005A3846" w:rsidRDefault="005A3846" w:rsidP="00F604BE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
@@ -8115,85 +9151,78 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="3BE6926B" w14:textId="6ADE5730" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
+                        <w:p w14:paraId="3BE6926B" w14:textId="0D4C0A15" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
                           <w:pPr>
                             <w:pStyle w:val="Vordrucknummer"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00B770CE">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>2242  0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00B76859">
+                          <w:r w:rsidR="00BD2EC1">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>8</w:t>
-[...6 lines deleted...]
-                            <w:t>/25</w:t>
+                            <w:t>1/26</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00B7044A">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">    </w:t>
                           </w:r>
                           <w:bookmarkStart w:id="7" w:name="_Hlk190859493"/>
                           <w:bookmarkStart w:id="8" w:name="_Hlk190859494"/>
                           <w:r w:rsidRPr="00BB1281">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Seite </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BB1281">
@@ -8315,85 +9344,78 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="094A53BE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textfeld 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-39.9pt;margin-top:-192.75pt;width:27.15pt;height:120.45pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCIRlT04QEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvgyZ2mNOEXXosOA&#10;7gJ0+wBZlmxjtqhRSuz8/Sg5TbPtbdiLIJH04Tnk8fZmHgd2UOh6MBXPVilnykhoetNW/Pu3hzdX&#10;nDkvTCMGMKriR+X4ze71q+1kS5VDB0OjkBGIceVkK955b8skcbJTo3ArsMpQUgOOwtMT26RBMRH6&#10;OCR5mr5LJsDGIkjlHEXvlyTfRXytlfRftHbKs6HixM3HE+NZhzPZbUXZorBdL080xD+wGEVvqOkZ&#10;6l54wfbY/wU19hLBgfYrCWMCWvdSRQ2kJkv/UPPUCauiFhqOs+cxuf8HKz8fnuxXZH5+DzMtMIpw&#10;9hHkD8cM3HXCtOoWEaZOiYYaZ2FkyWRdefo0jNqVLoDU0ydoaMli7yECzRrHMBXSyQidFnA8D13N&#10;nkkKvi2Kq3TNmaRUts6vN9k6thDl89cWnf+gYGThUnGkpUZ0cXh0PrAR5XNJaGbgoR+GuNjB/Bag&#10;whCJ7APhhbqf65mqg4oamiPpQFh8Qr6mSzjzDXGfyCYVdz/3AhVnw0dD47jOiiL4Kj6K9SanB15m&#10;6suMMLIDcp/nbLne+cWLe4t921GzZQEGbmmEuo/qXoidqJMVouiTbYPXLt+x6uXn2v0CAAD//wMA&#10;UEsDBBQABgAIAAAAIQBfK0GI4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbvSPyH&#10;yEjcunSfjNJ0QiAmcZm2AgduaWPaisYpTbZ2/x7vBLfH8qvXj9PNaFtxwt43jhRMJzEIpNKZhioF&#10;728v0RqED5qMbh2hgjN62GTXV6lOjBvogKc8VIJLyCdaQR1Cl0jpyxqt9hPXIfHuy/VWBx77Sppe&#10;D1xuWzmL45W0uiG+UOsOn2osv/OjVfBR7M7toZt/xs3wuh+3P/v8eVspdXszPj6ACDiGvzBc9Fkd&#10;MnYq3JGMF62C6O6e1QPDfL1cguBINLtAwTBdLFYgs1T+/yL7BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAIhGVPThAQAApAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAF8rQYjiAAAADQEAAA8AAAAAAAAAAAAAAAAAOwQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="3BE6926B" w14:textId="6ADE5730" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
+                  <w:p w14:paraId="3BE6926B" w14:textId="0D4C0A15" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
                     <w:pPr>
                       <w:pStyle w:val="Vordrucknummer"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B770CE">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>2242  0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00B76859">
+                    <w:r w:rsidR="00BD2EC1">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>8</w:t>
-[...6 lines deleted...]
-                      <w:t>/25</w:t>
+                      <w:t>1/26</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00B7044A">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">    </w:t>
                     </w:r>
                     <w:bookmarkStart w:id="9" w:name="_Hlk190859493"/>
                     <w:bookmarkStart w:id="10" w:name="_Hlk190859494"/>
                     <w:r w:rsidRPr="00BB1281">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Seite </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BB1281">
@@ -8862,85 +9884,78 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="395E2338" w14:textId="67888B38" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
+                        <w:p w14:paraId="395E2338" w14:textId="381D7B69" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
                           <w:pPr>
                             <w:pStyle w:val="Vordrucknummer"/>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00B770CE">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>2242  0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00B76859">
+                          <w:r w:rsidR="00BD2EC1">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>8</w:t>
-[...6 lines deleted...]
-                            <w:t>/25</w:t>
+                            <w:t>1/26</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00B7044A">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">    </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BB1281">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Seite </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BB1281">
                             <w:rPr>
                               <w:rStyle w:val="Seitenzahl"/>
@@ -9058,85 +10073,78 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="612090C1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-39.9pt;margin-top:-192.75pt;width:27.15pt;height:120.45pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCP1iqI5AEAAKsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviyZGmNOEXXosOA&#10;7gJ0+wBZlm1htqhRSuz8/SjZTbPtbdiLIJLy4Tnk8e5mGnp2VOg0mJJnq5QzZSTU2rQl//7t4c0V&#10;Z84LU4sejCr5STl+s3/9ajfaQuXQQV8rZARiXDHaknfe2yJJnOzUINwKrDJUbAAH4SnENqlRjIQ+&#10;9Emepu+SEbC2CFI5R9n7ucj3Eb9plPRfmsYpz/qSEzcfT4xnFc5kvxNFi8J2Wi40xD+wGIQ21PQM&#10;dS+8YAfUf0ENWiI4aPxKwpBA02ipogZSk6V/qHnqhFVRCw3H2fOY3P+DlZ+PT/YrMj+9h4kWGEU4&#10;+wjyh2MG7jphWnWLCGOnRE2NszCyZLSuWD4No3aFCyDV+AlqWrI4eIhAU4NDmArpZIROCzidh64m&#10;zyQl367XV+mGM0mlbJNfb7NNbCGK568tOv9BwcDCpeRIS43o4vjofGAjiucnoZmBB933cbG9+S1B&#10;D0Mmsg+EZ+p+qiam60VaEFNBfSI5CLNdyN50CWe+JQkjuaXk7udBoOKs/2hoKtfZeh3sFYP1ZptT&#10;gJeV6rIijOyATOg5m693frbkwaJuO2o278HALU2y0VHkC7FFATkial/cGyx3GcdXL//Y/hcAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfK0GI4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8MwDIbv&#10;SPyHyEjcunSfjNJ0QiAmcZm2AgduaWPaisYpTbZ2/x7vBLfH8qvXj9PNaFtxwt43jhRMJzEIpNKZ&#10;hioF728v0RqED5qMbh2hgjN62GTXV6lOjBvogKc8VIJLyCdaQR1Cl0jpyxqt9hPXIfHuy/VWBx77&#10;SppeD1xuWzmL45W0uiG+UOsOn2osv/OjVfBR7M7toZt/xs3wuh+3P/v8eVspdXszPj6ACDiGvzBc&#10;9FkdMnYq3JGMF62C6O6e1QPDfL1cguBINLtAwTBdLFYgs1T+/yL7BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI/WKojkAQAAqwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAF8rQYjiAAAADQEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="395E2338" w14:textId="67888B38" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
+                  <w:p w14:paraId="395E2338" w14:textId="381D7B69" w:rsidR="00A129C7" w:rsidRPr="00B770CE" w:rsidRDefault="00A129C7" w:rsidP="00A129C7">
                     <w:pPr>
                       <w:pStyle w:val="Vordrucknummer"/>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00B770CE">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>2242  0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00B76859">
+                    <w:r w:rsidR="00BD2EC1">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>8</w:t>
-[...6 lines deleted...]
-                      <w:t>/25</w:t>
+                      <w:t>1/26</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00B7044A">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">    </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BB1281">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Seite </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BB1281">
                       <w:rPr>
                         <w:rStyle w:val="Seitenzahl"/>
@@ -9243,61 +10251,61 @@
                       <w:rPr>
                         <w:rStyle w:val="Seitenzahl"/>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:eastAsia="en-US"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D393E3B" w14:textId="77777777" w:rsidR="00F07EAC" w:rsidRDefault="00F07EAC" w:rsidP="00F604BE">
+    <w:p w14:paraId="219CBA96" w14:textId="77777777" w:rsidR="005A3846" w:rsidRDefault="005A3846" w:rsidP="00F604BE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61DC3FC1" w14:textId="77777777" w:rsidR="00F07EAC" w:rsidRDefault="00F07EAC" w:rsidP="00F604BE">
+    <w:p w14:paraId="0F7D3977" w14:textId="77777777" w:rsidR="005A3846" w:rsidRDefault="005A3846" w:rsidP="00F604BE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6600EECF" w14:textId="77777777" w:rsidR="00B92371" w:rsidRDefault="00B92371" w:rsidP="00B63070">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="4755"/>
         <w:tab w:val="right" w:pos="9690"/>
       </w:tabs>
       <w:ind w:left="-142"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -9594,50 +10602,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6998" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7792" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="106A55D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0B6C8F36"/>
+    <w:lvl w:ilvl="0" w:tplc="0407001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="138A4798"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFE04CB6"/>
     <w:lvl w:ilvl="0" w:tplc="F544D048">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -9682,51 +10803,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14F662FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E86C2FDA"/>
     <w:lvl w:ilvl="0" w:tplc="181EAD24">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9772,51 +10893,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16F5658F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4E6E369A"/>
     <w:lvl w:ilvl="0" w:tplc="C41E6D06">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9862,51 +10983,436 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6816" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BEC613F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D9D44974"/>
+    <w:lvl w:ilvl="0" w:tplc="7A8E3F58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="806" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="104"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="6114D3FE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="845" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="102"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6E7E37BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1056" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="102"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0212D48A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2219" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6B7E4B7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3379" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="94C4A35A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4538" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="48B4B6F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5698" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BA7E004A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6857" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="97E6D106">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8017" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26FE147E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBB09A12"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29BF37A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED2E8B6E"/>
+    <w:lvl w:ilvl="0" w:tplc="60C0159C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="203" w:hanging="132"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="106"/>
+        <w:sz w:val="9"/>
+        <w:szCs w:val="9"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="64E4E9D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="288" w:hanging="86"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="106"/>
+        <w:sz w:val="9"/>
+        <w:szCs w:val="9"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B71EA38A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="371" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="106"/>
+        <w:sz w:val="9"/>
+        <w:szCs w:val="9"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="62DE61FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="536" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="17EAD13E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="693" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F356F406">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="849" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="46FA6ED0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1006" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="BE822F20">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1162" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3E328858">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1319" w:hanging="83"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="331F6F6B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="711EE82E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="b3"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -9949,51 +11455,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37306AF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="340E8494"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10062,51 +11568,172 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47432772"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AF245D0"/>
+    <w:lvl w:ilvl="0" w:tplc="BB1256EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="202" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="106"/>
+        <w:sz w:val="9"/>
+        <w:szCs w:val="9"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B32632FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="292" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="69EAB5AC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="384" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1C08BC9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="476" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="6C0EE792">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="568" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="86144346">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="660" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="551A2BDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="752" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="43CA2412">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="844" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="28801756">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="936" w:hanging="129"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47583995"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1388836"/>
     <w:lvl w:ilvl="0" w:tplc="FC26EEB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -10153,51 +11780,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="565C51CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A32666BE"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10266,51 +11893,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="597773A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C4859F6"/>
     <w:lvl w:ilvl="0" w:tplc="06F2AE5C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -10378,51 +12005,172 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FEB7CCB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87FC6BA6"/>
+    <w:lvl w:ilvl="0" w:tplc="410823E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="345" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="101"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C5EA39FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="728" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="77CA0926">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1117" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6B9CAB26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="760AE91A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1895" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0FE06A9C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2284" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="70E225E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2673" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A60CB006">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3062" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="4CAA8872">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3451" w:hanging="215"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61B933FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9B007C2"/>
     <w:lvl w:ilvl="0" w:tplc="5B2AD478">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10491,51 +12239,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67A0231A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A50BF60"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10584,51 +12332,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BDB6E0E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C74EABD6"/>
     <w:lvl w:ilvl="0" w:tplc="C41E6D06">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10674,51 +12422,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6096" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6816" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70EC590C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D084D854"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10787,51 +12535,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78B33A3C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34589E06"/>
     <w:lvl w:ilvl="0" w:tplc="9348A938">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -10876,51 +12624,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7AC2338D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F7E4CB8"/>
     <w:lvl w:ilvl="0" w:tplc="B982424C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -10970,51 +12718,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5106" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5826" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6546" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C1F7DE5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="328EEA4C"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CF04D25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B44EB1CE"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11083,51 +12944,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E294178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="545E02E0"/>
     <w:lvl w:ilvl="0" w:tplc="B2AE4DF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="b2"/>
       <w:lvlText w:val="%1.1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1252" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11174,580 +13035,654 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1495219186">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="987780715">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="511575128">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1728529043">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="917179155">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1800874060">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1728529043">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="7" w16cid:durableId="2126464209">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="917179155">
+  <w:num w:numId="8" w16cid:durableId="790562263">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1384522223">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1306005744">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1888300205">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="350030095">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2042776128">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1215778369">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1800874060">
-[...17 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="350030095">
+  <w:num w:numId="15" w16cid:durableId="2145079250">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2042776128">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="16" w16cid:durableId="1972514057">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1215778369">
+  <w:num w:numId="17" w16cid:durableId="2135711231">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1712069797">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="592709180">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="802577212">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1533877296">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="540017002">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1563128395">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1154876293">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2145079250">
-[...28 lines deleted...]
-  </w:num>
   <w:num w:numId="25" w16cid:durableId="1653681123">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1480808551">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="452556272">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1479223109">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2046828505">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1224295674">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="198516411">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="34356228">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="582567615">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1855727437">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5224" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="m5mEPhU5KeSmBbpe5rs4B1b7NAgrnEHCFr8pO2gB3ARgOkkQEwDyIAJ/u+7fMT31m2RTpl5aXrxa7Y62DN/+Qg==" w:salt="0dgKPMkjLRsn6F1SUnjcLw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qWXLJfAjN2jIzXRdGS7s5GI72NMiQM/otv9aV7SwvMvvHLwuv+5EsdGmLfxYbqd6SmsyzDjeXndLQG3YV5GXkQ==" w:salt="g5jzBJkreB3KYiducY2+pA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numFmt w:val="lowerLetter"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="lowerLetter"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00851D59"/>
     <w:rsid w:val="00010A24"/>
     <w:rsid w:val="00012888"/>
     <w:rsid w:val="00014F14"/>
     <w:rsid w:val="00021CE0"/>
+    <w:rsid w:val="00025760"/>
     <w:rsid w:val="00030C11"/>
+    <w:rsid w:val="00032D3A"/>
     <w:rsid w:val="0004676C"/>
+    <w:rsid w:val="00046EE8"/>
     <w:rsid w:val="00047ED6"/>
+    <w:rsid w:val="00054EE0"/>
     <w:rsid w:val="00063547"/>
     <w:rsid w:val="00064A9B"/>
     <w:rsid w:val="0007605A"/>
     <w:rsid w:val="000772FC"/>
     <w:rsid w:val="000A20E1"/>
     <w:rsid w:val="000A410A"/>
     <w:rsid w:val="000C533A"/>
     <w:rsid w:val="000D6377"/>
     <w:rsid w:val="000E0E51"/>
     <w:rsid w:val="000F0DF5"/>
     <w:rsid w:val="000F3BD5"/>
     <w:rsid w:val="001015D4"/>
     <w:rsid w:val="00127C94"/>
+    <w:rsid w:val="001417E2"/>
+    <w:rsid w:val="00156912"/>
     <w:rsid w:val="001569C8"/>
     <w:rsid w:val="001614F8"/>
     <w:rsid w:val="00164790"/>
     <w:rsid w:val="00176A1C"/>
     <w:rsid w:val="00176D52"/>
     <w:rsid w:val="00180304"/>
     <w:rsid w:val="0019263D"/>
     <w:rsid w:val="00195468"/>
     <w:rsid w:val="001A32BA"/>
     <w:rsid w:val="001B015C"/>
     <w:rsid w:val="001B0BFC"/>
     <w:rsid w:val="001D14AB"/>
     <w:rsid w:val="001D789C"/>
     <w:rsid w:val="001E4CE3"/>
     <w:rsid w:val="001E6DA2"/>
     <w:rsid w:val="002012A5"/>
     <w:rsid w:val="00203EB9"/>
     <w:rsid w:val="002236E2"/>
     <w:rsid w:val="00235E8E"/>
     <w:rsid w:val="002367B7"/>
+    <w:rsid w:val="00237A01"/>
     <w:rsid w:val="00240E52"/>
     <w:rsid w:val="00241C88"/>
     <w:rsid w:val="00246EDD"/>
     <w:rsid w:val="00252BFC"/>
     <w:rsid w:val="002566A8"/>
     <w:rsid w:val="00257D21"/>
     <w:rsid w:val="00276E9A"/>
     <w:rsid w:val="00280E5A"/>
     <w:rsid w:val="00297961"/>
     <w:rsid w:val="002A0C42"/>
     <w:rsid w:val="002A0D46"/>
     <w:rsid w:val="002A523E"/>
+    <w:rsid w:val="002B551B"/>
     <w:rsid w:val="002B62C2"/>
     <w:rsid w:val="002B785E"/>
+    <w:rsid w:val="002C37A6"/>
     <w:rsid w:val="002D1016"/>
     <w:rsid w:val="002E0098"/>
     <w:rsid w:val="002E1C75"/>
     <w:rsid w:val="002E1DB0"/>
     <w:rsid w:val="002E5B3D"/>
     <w:rsid w:val="002F0738"/>
     <w:rsid w:val="002F6914"/>
+    <w:rsid w:val="00302660"/>
     <w:rsid w:val="0030756F"/>
     <w:rsid w:val="0032570C"/>
     <w:rsid w:val="003273E8"/>
     <w:rsid w:val="0033322E"/>
     <w:rsid w:val="003360C0"/>
     <w:rsid w:val="00340775"/>
     <w:rsid w:val="0034338D"/>
     <w:rsid w:val="00347123"/>
     <w:rsid w:val="00350E81"/>
     <w:rsid w:val="00360394"/>
     <w:rsid w:val="0036460F"/>
     <w:rsid w:val="003668F8"/>
     <w:rsid w:val="00375C8D"/>
     <w:rsid w:val="003856A0"/>
     <w:rsid w:val="00390A81"/>
     <w:rsid w:val="0039450F"/>
     <w:rsid w:val="003976C3"/>
     <w:rsid w:val="003A1F7F"/>
     <w:rsid w:val="003D1F85"/>
     <w:rsid w:val="003D482A"/>
     <w:rsid w:val="003E3EEE"/>
     <w:rsid w:val="00403E07"/>
     <w:rsid w:val="00405752"/>
     <w:rsid w:val="00407A7C"/>
     <w:rsid w:val="00412778"/>
     <w:rsid w:val="00420D78"/>
     <w:rsid w:val="00430D24"/>
     <w:rsid w:val="0043152F"/>
     <w:rsid w:val="00441C03"/>
     <w:rsid w:val="004441ED"/>
     <w:rsid w:val="004542D8"/>
+    <w:rsid w:val="0046133B"/>
     <w:rsid w:val="0048188C"/>
     <w:rsid w:val="00482BB4"/>
     <w:rsid w:val="004831A8"/>
     <w:rsid w:val="004838F4"/>
+    <w:rsid w:val="0048517E"/>
     <w:rsid w:val="00486D34"/>
     <w:rsid w:val="00487376"/>
     <w:rsid w:val="00495807"/>
     <w:rsid w:val="004A387A"/>
     <w:rsid w:val="004A6A55"/>
     <w:rsid w:val="004B2B43"/>
     <w:rsid w:val="004B6F5F"/>
+    <w:rsid w:val="004B76CA"/>
     <w:rsid w:val="004C4371"/>
+    <w:rsid w:val="004C5770"/>
+    <w:rsid w:val="004C5A0B"/>
     <w:rsid w:val="004D4FF4"/>
+    <w:rsid w:val="004E6695"/>
     <w:rsid w:val="004F470B"/>
     <w:rsid w:val="004F68E7"/>
     <w:rsid w:val="00501EC1"/>
     <w:rsid w:val="00503D84"/>
     <w:rsid w:val="00510912"/>
     <w:rsid w:val="005152C0"/>
     <w:rsid w:val="00522D3C"/>
     <w:rsid w:val="00526808"/>
     <w:rsid w:val="00545F2F"/>
     <w:rsid w:val="00552FEB"/>
     <w:rsid w:val="00566478"/>
     <w:rsid w:val="00577E1D"/>
     <w:rsid w:val="005820D1"/>
     <w:rsid w:val="00582AC4"/>
     <w:rsid w:val="0058313E"/>
     <w:rsid w:val="005873B5"/>
     <w:rsid w:val="0059615D"/>
     <w:rsid w:val="005A2308"/>
     <w:rsid w:val="005A339B"/>
+    <w:rsid w:val="005A3846"/>
     <w:rsid w:val="005B44CD"/>
     <w:rsid w:val="005B49E5"/>
     <w:rsid w:val="005B7DE3"/>
     <w:rsid w:val="005C01A0"/>
+    <w:rsid w:val="005C205E"/>
     <w:rsid w:val="005D7A05"/>
-    <w:rsid w:val="005F0222"/>
     <w:rsid w:val="0060065E"/>
     <w:rsid w:val="006022F2"/>
     <w:rsid w:val="006074A3"/>
     <w:rsid w:val="00610C5B"/>
     <w:rsid w:val="00610EDC"/>
     <w:rsid w:val="00613DDE"/>
+    <w:rsid w:val="006247CD"/>
     <w:rsid w:val="006401B7"/>
     <w:rsid w:val="006424EF"/>
     <w:rsid w:val="006434D9"/>
     <w:rsid w:val="00647DA2"/>
     <w:rsid w:val="006735D3"/>
     <w:rsid w:val="006760B2"/>
     <w:rsid w:val="0068463C"/>
     <w:rsid w:val="00687575"/>
     <w:rsid w:val="006A229F"/>
     <w:rsid w:val="006A678D"/>
+    <w:rsid w:val="006B0F99"/>
     <w:rsid w:val="006B2A00"/>
     <w:rsid w:val="006B4D31"/>
     <w:rsid w:val="006B78B0"/>
     <w:rsid w:val="006C07F9"/>
     <w:rsid w:val="006C1F68"/>
     <w:rsid w:val="006C59A6"/>
     <w:rsid w:val="006E13E0"/>
     <w:rsid w:val="006E33DD"/>
     <w:rsid w:val="006F3890"/>
     <w:rsid w:val="006F5E52"/>
     <w:rsid w:val="006F61BF"/>
     <w:rsid w:val="00705544"/>
     <w:rsid w:val="00724CD7"/>
     <w:rsid w:val="00726681"/>
     <w:rsid w:val="00741926"/>
     <w:rsid w:val="007436F2"/>
     <w:rsid w:val="00747C7A"/>
     <w:rsid w:val="00756630"/>
     <w:rsid w:val="00756EA0"/>
-    <w:rsid w:val="0076723F"/>
+    <w:rsid w:val="00765AC7"/>
     <w:rsid w:val="00775B8D"/>
     <w:rsid w:val="00783A08"/>
+    <w:rsid w:val="0079089E"/>
     <w:rsid w:val="0079480B"/>
     <w:rsid w:val="00797F69"/>
     <w:rsid w:val="007A38BF"/>
+    <w:rsid w:val="007A445F"/>
     <w:rsid w:val="007A510D"/>
     <w:rsid w:val="007A559A"/>
     <w:rsid w:val="007B2ED4"/>
     <w:rsid w:val="007B5A40"/>
     <w:rsid w:val="007C0095"/>
     <w:rsid w:val="007C587E"/>
+    <w:rsid w:val="007D0D36"/>
     <w:rsid w:val="007D3021"/>
     <w:rsid w:val="007D69D3"/>
     <w:rsid w:val="007E2E9B"/>
     <w:rsid w:val="007E33B1"/>
+    <w:rsid w:val="007E6ECF"/>
     <w:rsid w:val="007E74FF"/>
     <w:rsid w:val="007F0745"/>
     <w:rsid w:val="007F0D05"/>
+    <w:rsid w:val="007F4BB2"/>
     <w:rsid w:val="00801DE8"/>
     <w:rsid w:val="00805569"/>
     <w:rsid w:val="0081112C"/>
     <w:rsid w:val="00811D3B"/>
     <w:rsid w:val="00811DD5"/>
     <w:rsid w:val="00823E00"/>
     <w:rsid w:val="008247E6"/>
     <w:rsid w:val="00827B1F"/>
     <w:rsid w:val="00841951"/>
     <w:rsid w:val="00847F10"/>
     <w:rsid w:val="00851116"/>
     <w:rsid w:val="00851D59"/>
     <w:rsid w:val="008522DA"/>
     <w:rsid w:val="00863ED7"/>
     <w:rsid w:val="008747B8"/>
     <w:rsid w:val="00877478"/>
     <w:rsid w:val="00882D35"/>
+    <w:rsid w:val="0088396D"/>
     <w:rsid w:val="00894927"/>
     <w:rsid w:val="008A2403"/>
     <w:rsid w:val="008B1D66"/>
     <w:rsid w:val="008C0252"/>
     <w:rsid w:val="008C2552"/>
     <w:rsid w:val="008C318D"/>
     <w:rsid w:val="008C4DA8"/>
     <w:rsid w:val="008C7FC3"/>
     <w:rsid w:val="008D47A7"/>
     <w:rsid w:val="008D718A"/>
     <w:rsid w:val="008E4FDD"/>
     <w:rsid w:val="008E66E1"/>
     <w:rsid w:val="008E6CBA"/>
     <w:rsid w:val="008F04EF"/>
     <w:rsid w:val="008F2138"/>
+    <w:rsid w:val="009011C1"/>
     <w:rsid w:val="00902452"/>
+    <w:rsid w:val="00902F7F"/>
     <w:rsid w:val="00905C8C"/>
     <w:rsid w:val="0091054A"/>
     <w:rsid w:val="00911BBA"/>
     <w:rsid w:val="0091554C"/>
     <w:rsid w:val="0091765E"/>
     <w:rsid w:val="009205E5"/>
     <w:rsid w:val="009250EC"/>
     <w:rsid w:val="009270BE"/>
     <w:rsid w:val="009371FF"/>
     <w:rsid w:val="00947F5D"/>
+    <w:rsid w:val="00951A4D"/>
     <w:rsid w:val="009604B7"/>
     <w:rsid w:val="00993896"/>
+    <w:rsid w:val="009A3DE7"/>
+    <w:rsid w:val="009A59CE"/>
     <w:rsid w:val="009A6BAD"/>
     <w:rsid w:val="009A76A9"/>
     <w:rsid w:val="009E274C"/>
     <w:rsid w:val="009E3B52"/>
     <w:rsid w:val="00A011C9"/>
     <w:rsid w:val="00A02E79"/>
     <w:rsid w:val="00A06709"/>
     <w:rsid w:val="00A11B10"/>
     <w:rsid w:val="00A129C7"/>
     <w:rsid w:val="00A12D22"/>
     <w:rsid w:val="00A20666"/>
     <w:rsid w:val="00A21FB8"/>
     <w:rsid w:val="00A24AEE"/>
+    <w:rsid w:val="00A356EC"/>
     <w:rsid w:val="00A40EE4"/>
     <w:rsid w:val="00A536B0"/>
     <w:rsid w:val="00A713A4"/>
     <w:rsid w:val="00A772D1"/>
     <w:rsid w:val="00A843C2"/>
     <w:rsid w:val="00A90D11"/>
     <w:rsid w:val="00A95353"/>
     <w:rsid w:val="00AA2B29"/>
     <w:rsid w:val="00AA46C3"/>
     <w:rsid w:val="00AB6EB5"/>
     <w:rsid w:val="00AC4EC5"/>
     <w:rsid w:val="00AE1CE0"/>
+    <w:rsid w:val="00AE3CBD"/>
     <w:rsid w:val="00AE6FD1"/>
     <w:rsid w:val="00AF139A"/>
     <w:rsid w:val="00B007B7"/>
     <w:rsid w:val="00B0250D"/>
     <w:rsid w:val="00B02A42"/>
     <w:rsid w:val="00B04854"/>
     <w:rsid w:val="00B0642C"/>
     <w:rsid w:val="00B145E5"/>
     <w:rsid w:val="00B2527B"/>
     <w:rsid w:val="00B32C43"/>
     <w:rsid w:val="00B346B3"/>
     <w:rsid w:val="00B40F75"/>
     <w:rsid w:val="00B41A39"/>
     <w:rsid w:val="00B41EC2"/>
     <w:rsid w:val="00B44041"/>
     <w:rsid w:val="00B52B45"/>
     <w:rsid w:val="00B54C89"/>
     <w:rsid w:val="00B561C0"/>
     <w:rsid w:val="00B60289"/>
     <w:rsid w:val="00B625F2"/>
     <w:rsid w:val="00B63070"/>
     <w:rsid w:val="00B657AD"/>
     <w:rsid w:val="00B76859"/>
+    <w:rsid w:val="00B77A66"/>
     <w:rsid w:val="00B8614B"/>
     <w:rsid w:val="00B8757B"/>
     <w:rsid w:val="00B91279"/>
     <w:rsid w:val="00B92371"/>
+    <w:rsid w:val="00B93B9F"/>
     <w:rsid w:val="00B94441"/>
+    <w:rsid w:val="00BA04E5"/>
     <w:rsid w:val="00BA2267"/>
     <w:rsid w:val="00BA3106"/>
     <w:rsid w:val="00BA38DC"/>
     <w:rsid w:val="00BA7A15"/>
+    <w:rsid w:val="00BB63FD"/>
     <w:rsid w:val="00BC5406"/>
     <w:rsid w:val="00BC63BB"/>
+    <w:rsid w:val="00BD137A"/>
+    <w:rsid w:val="00BD2EC1"/>
     <w:rsid w:val="00BD4646"/>
     <w:rsid w:val="00BE5D95"/>
     <w:rsid w:val="00BF019D"/>
     <w:rsid w:val="00BF6158"/>
     <w:rsid w:val="00BF62A5"/>
     <w:rsid w:val="00C067B8"/>
     <w:rsid w:val="00C1165A"/>
     <w:rsid w:val="00C13B18"/>
     <w:rsid w:val="00C22205"/>
     <w:rsid w:val="00C3155F"/>
     <w:rsid w:val="00C32B09"/>
     <w:rsid w:val="00C32C7B"/>
     <w:rsid w:val="00C37295"/>
     <w:rsid w:val="00C4290E"/>
     <w:rsid w:val="00C43754"/>
     <w:rsid w:val="00C45372"/>
     <w:rsid w:val="00C507C0"/>
     <w:rsid w:val="00C674FF"/>
+    <w:rsid w:val="00C73C71"/>
+    <w:rsid w:val="00C77AB7"/>
     <w:rsid w:val="00C9065A"/>
     <w:rsid w:val="00CB501B"/>
     <w:rsid w:val="00CC0057"/>
     <w:rsid w:val="00CC4701"/>
     <w:rsid w:val="00CD0C6E"/>
     <w:rsid w:val="00CD4765"/>
     <w:rsid w:val="00CD76D2"/>
     <w:rsid w:val="00CE3AA6"/>
     <w:rsid w:val="00CE41D5"/>
     <w:rsid w:val="00CE45C9"/>
     <w:rsid w:val="00CE589D"/>
     <w:rsid w:val="00D06F77"/>
+    <w:rsid w:val="00D077FE"/>
     <w:rsid w:val="00D24C2E"/>
     <w:rsid w:val="00D26DF9"/>
     <w:rsid w:val="00D30715"/>
     <w:rsid w:val="00D35B14"/>
     <w:rsid w:val="00D51235"/>
+    <w:rsid w:val="00D52132"/>
     <w:rsid w:val="00D532F0"/>
     <w:rsid w:val="00D5361A"/>
     <w:rsid w:val="00D5397E"/>
     <w:rsid w:val="00D63751"/>
     <w:rsid w:val="00D76237"/>
     <w:rsid w:val="00D77CBE"/>
     <w:rsid w:val="00D77E77"/>
+    <w:rsid w:val="00D81FCA"/>
     <w:rsid w:val="00D833A6"/>
     <w:rsid w:val="00D8541F"/>
     <w:rsid w:val="00D85EB0"/>
     <w:rsid w:val="00D91437"/>
     <w:rsid w:val="00D95715"/>
     <w:rsid w:val="00DB0381"/>
+    <w:rsid w:val="00DB4DF1"/>
     <w:rsid w:val="00DB72A2"/>
+    <w:rsid w:val="00DD3010"/>
+    <w:rsid w:val="00DF062D"/>
     <w:rsid w:val="00DF0E5C"/>
     <w:rsid w:val="00DF6C05"/>
     <w:rsid w:val="00E02B7F"/>
     <w:rsid w:val="00E1376D"/>
     <w:rsid w:val="00E23016"/>
     <w:rsid w:val="00E30776"/>
     <w:rsid w:val="00E327B0"/>
     <w:rsid w:val="00E32864"/>
     <w:rsid w:val="00E430CB"/>
+    <w:rsid w:val="00E465D4"/>
     <w:rsid w:val="00E47760"/>
     <w:rsid w:val="00E56E2C"/>
     <w:rsid w:val="00E629A5"/>
     <w:rsid w:val="00E737E8"/>
     <w:rsid w:val="00E73977"/>
+    <w:rsid w:val="00E76606"/>
+    <w:rsid w:val="00E83CBC"/>
     <w:rsid w:val="00EA1F5F"/>
     <w:rsid w:val="00EA5576"/>
     <w:rsid w:val="00EB57D8"/>
     <w:rsid w:val="00EB6831"/>
     <w:rsid w:val="00EC4FB9"/>
     <w:rsid w:val="00EC72E3"/>
     <w:rsid w:val="00ED10CD"/>
     <w:rsid w:val="00ED1840"/>
     <w:rsid w:val="00ED3F08"/>
     <w:rsid w:val="00EE2788"/>
     <w:rsid w:val="00EE2B8A"/>
     <w:rsid w:val="00EE3A1F"/>
     <w:rsid w:val="00EE690B"/>
     <w:rsid w:val="00EF2655"/>
     <w:rsid w:val="00EF41A1"/>
+    <w:rsid w:val="00EF658E"/>
     <w:rsid w:val="00F07EAC"/>
     <w:rsid w:val="00F11F0B"/>
     <w:rsid w:val="00F17FB6"/>
     <w:rsid w:val="00F20780"/>
     <w:rsid w:val="00F21C0E"/>
     <w:rsid w:val="00F26A21"/>
+    <w:rsid w:val="00F278FF"/>
     <w:rsid w:val="00F33E02"/>
     <w:rsid w:val="00F458AE"/>
     <w:rsid w:val="00F50B78"/>
     <w:rsid w:val="00F50D7C"/>
     <w:rsid w:val="00F604BE"/>
     <w:rsid w:val="00F71F83"/>
     <w:rsid w:val="00F72D61"/>
     <w:rsid w:val="00F73BD7"/>
     <w:rsid w:val="00F818A2"/>
     <w:rsid w:val="00F842CC"/>
     <w:rsid w:val="00F91070"/>
+    <w:rsid w:val="00F91EFD"/>
     <w:rsid w:val="00F948C0"/>
+    <w:rsid w:val="00FA7937"/>
     <w:rsid w:val="00FB2DAF"/>
     <w:rsid w:val="00FB3C83"/>
     <w:rsid w:val="00FB4B81"/>
     <w:rsid w:val="00FE6C3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="770A06EC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BE867523-E6B2-4BBF-A407-83BAA043E8E5}"/>
+  <w15:docId w15:val="{20F4A530-1F2F-4F40-9900-495519D822F8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11792,51 +13727,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12649,50 +14584,82 @@
     <w:basedOn w:val="Standard"/>
     <w:link w:val="kleinTabZchn"/>
     <w:qFormat/>
     <w:rsid w:val="008A2403"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="kleinTabZchn">
     <w:name w:val="kleinTab Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="kleinTab"/>
     <w:rsid w:val="008A2403"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Textkrper">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="TextkrperZchn"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D81FCA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkrperZchn">
+    <w:name w:val="Textkörper Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Textkrper"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00D81FCA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="905068459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
@@ -12985,72 +14952,72 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{19080DCA-E4F7-450D-BD25-72422FD03B8C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>62242v08b25.dotx</Template>
+  <Template>62242.docx</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1113</Words>
-  <Characters>7012</Characters>
+  <Words>1224</Words>
+  <Characters>7712</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FörderfähigkeitGroßunternehmen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>LfULG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8109</CharactersWithSpaces>
+  <CharactersWithSpaces>8919</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FörderfähigkeitGroßunternehmen</dc:title>
   <dc:subject/>
   <dc:creator>SAB</dc:creator>
   <cp:keywords>62242</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>