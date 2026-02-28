--- v0 (2026-01-04)
+++ v1 (2026-02-28)
@@ -1,125 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\smul.sachsen.de\smul\Projekte\PR_BaKFS\WuF\RL 2023\Formulare\Ute Januar 2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\smul.sachsen.de\smul\Projekte\PR_BaKFS\WuF\RL 2023\Formulare\GAK_Erschließung\Antrag_fertig\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28D6350A-17EE-4153-8ABA-FC3022854738}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10800"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13875" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FP Abfuhrwege" sheetId="4" r:id="rId1"/>
-    <sheet name="FP Maschinenwege" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'FP Abfuhrwege'!$A$1:$J$51</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'FP Maschinenwege'!$A$1:$E$42</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E23" i="5" l="1"/>
-[...12 lines deleted...]
-  <c r="J11" i="4"/>
+  <c r="J11" i="4" l="1"/>
   <c r="J7" i="4"/>
   <c r="E11" i="4"/>
   <c r="J34" i="4" l="1"/>
   <c r="J35" i="4"/>
   <c r="E34" i="4"/>
   <c r="E35" i="4"/>
   <c r="J17" i="4" l="1"/>
   <c r="J26" i="4" l="1"/>
   <c r="J29" i="4"/>
   <c r="J30" i="4"/>
   <c r="E29" i="4"/>
   <c r="E30" i="4"/>
   <c r="E8" i="4" l="1"/>
   <c r="J19" i="4"/>
   <c r="J18" i="4"/>
   <c r="J23" i="4"/>
   <c r="J37" i="4"/>
   <c r="J36" i="4"/>
   <c r="E36" i="4"/>
   <c r="E37" i="4"/>
   <c r="J31" i="4"/>
   <c r="J28" i="4"/>
   <c r="E23" i="4"/>
   <c r="E31" i="4"/>
   <c r="E28" i="4"/>
   <c r="E13" i="4"/>
   <c r="E14" i="4"/>
   <c r="J43" i="4" l="1"/>
   <c r="E12" i="4"/>
   <c r="E7" i="4"/>
   <c r="E43" i="4" s="1"/>
   <c r="E44" i="4" l="1"/>
   <c r="J44" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="57">
   <si>
     <t>Beschreibung der Leistung</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Menge</t>
   </si>
   <si>
     <t>€/ME</t>
   </si>
   <si>
     <t>Nettokosten</t>
   </si>
   <si>
     <t>Stück</t>
   </si>
   <si>
     <t>lfm</t>
   </si>
   <si>
     <t>Durchmesser</t>
   </si>
   <si>
@@ -257,177 +258,110 @@
   <si>
     <t>Ort, Datum und Unterschrift des Antragstellers</t>
   </si>
   <si>
     <t>Erdarbeiten mit Bagger (incl. Erdmassenausgleich und Böschungen)</t>
   </si>
   <si>
     <t>m³</t>
   </si>
   <si>
     <t xml:space="preserve">Profilieren und Verdichten des Rohplanums </t>
   </si>
   <si>
     <t>Roden und Räumen von Stöcken (z.B. wenn diese in Gräben oder auf Banketten stehen</t>
   </si>
   <si>
     <t xml:space="preserve">Erdbewegungen </t>
   </si>
   <si>
     <t>Erdbewegungen mit Bagger (z.B. Verbreiterung von Wegen, Böschungen abbaggern o.ä.)</t>
   </si>
   <si>
     <t>Kosten- und Finanzierungsplan Abfuhrwege (Ausbau und Grundinstandsetzung)</t>
   </si>
   <si>
-    <t>Kosten- und Finanzierungsplan Maschinenwege (Neubau, Ausbau und Grundinstandsetzung)</t>
-[...58 lines deleted...]
-    <t>Hinweis: Die Untergliederung in einzelne Teilleistungen ist notwendig, um Kosten und Mengen forstfachlich zu prüfen und zu plausibilisieren. Auf diesen Finanzierungsplan kann verzichtet werden, wenn die Angebote der Fachfirmen ähnlich gegliedert sind.</t>
+    <t xml:space="preserve">Hinweis: Die Untergliederung in einzelne Teilleistungen ist notwendig, um Kosten und Mengen forstfachlich zu prüfen und zu plausibilisieren. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...6 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -962,51 +896,51 @@
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="156">
+  <cellXfs count="153">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="28" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="29" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
@@ -1174,275 +1108,268 @@
     <xf numFmtId="0" fontId="0" fillId="2" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="20" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="24" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standard 2" xfId="1"/>
+    <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1574,1446 +1501,988 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J51"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A28" zoomScale="80" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="A47" sqref="A47:J47"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="B1" zoomScale="80" zoomScaleNormal="90" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="F49" sqref="F49:J49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="45.85546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="13.5703125" customWidth="1"/>
+    <col min="1" max="1" width="45.86328125" customWidth="1"/>
+    <col min="2" max="2" width="7.265625" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="9.59765625" customWidth="1"/>
+    <col min="5" max="5" width="13.86328125" customWidth="1"/>
+    <col min="6" max="6" width="75.265625" style="43" customWidth="1"/>
+    <col min="7" max="7" width="5.86328125" customWidth="1"/>
+    <col min="8" max="9" width="9.59765625" customWidth="1"/>
+    <col min="10" max="10" width="13.59765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="135" t="s">
+    <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.65">
+      <c r="A1" s="134" t="s">
         <v>55</v>
       </c>
-      <c r="B1" s="136"/>
-[...11 lines deleted...]
-      <c r="A3" s="146" t="s">
+      <c r="B1" s="135"/>
+      <c r="C1" s="135"/>
+      <c r="D1" s="135"/>
+      <c r="E1" s="135"/>
+      <c r="F1" s="135"/>
+      <c r="G1" s="135"/>
+      <c r="H1" s="135"/>
+      <c r="I1" s="135"/>
+      <c r="J1" s="135"/>
+    </row>
+    <row r="2" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5"/>
+    <row r="3" spans="1:10" ht="16.149999999999999" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A3" s="147" t="s">
         <v>46</v>
       </c>
-      <c r="B3" s="147"/>
-[...3 lines deleted...]
-      <c r="F3" s="146" t="s">
+      <c r="B3" s="148"/>
+      <c r="C3" s="148"/>
+      <c r="D3" s="148"/>
+      <c r="E3" s="149"/>
+      <c r="F3" s="147" t="s">
         <v>47</v>
       </c>
-      <c r="G3" s="125"/>
-[...4 lines deleted...]
-    <row r="4" spans="1:10" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G3" s="124"/>
+      <c r="H3" s="124"/>
+      <c r="I3" s="148"/>
+      <c r="J3" s="149"/>
+    </row>
+    <row r="4" spans="1:10" ht="16.149999999999999" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="137"/>
-[...2 lines deleted...]
-      <c r="E4" s="139"/>
+      <c r="B4" s="138"/>
+      <c r="C4" s="139"/>
+      <c r="D4" s="139"/>
+      <c r="E4" s="140"/>
       <c r="F4" s="107" t="s">
         <v>40</v>
       </c>
-      <c r="G4" s="140"/>
-[...4 lines deleted...]
-    <row r="5" spans="1:10" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G4" s="141"/>
+      <c r="H4" s="142"/>
+      <c r="I4" s="142"/>
+      <c r="J4" s="143"/>
+    </row>
+    <row r="5" spans="1:10" s="1" customFormat="1" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A5" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="16" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="16" t="s">
         <v>2</v>
       </c>
       <c r="D5" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="105" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="49" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="16" t="s">
         <v>1</v>
       </c>
       <c r="H5" s="16" t="s">
         <v>2</v>
       </c>
       <c r="I5" s="16" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="17" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="124" t="s">
+    <row r="6" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A6" s="123" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="125"/>
-[...3 lines deleted...]
-      <c r="F6" s="130" t="s">
+      <c r="B6" s="124"/>
+      <c r="C6" s="124"/>
+      <c r="D6" s="124"/>
+      <c r="E6" s="125"/>
+      <c r="F6" s="129" t="s">
         <v>15</v>
       </c>
-      <c r="G6" s="149"/>
-[...4 lines deleted...]
-    <row r="7" spans="1:10" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G6" s="150"/>
+      <c r="H6" s="150"/>
+      <c r="I6" s="150"/>
+      <c r="J6" s="151"/>
+    </row>
+    <row r="7" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A7" s="18" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="75"/>
       <c r="D7" s="74"/>
       <c r="E7" s="112">
         <f>C7*D7</f>
         <v>0</v>
       </c>
       <c r="F7" s="113" t="s">
         <v>52</v>
       </c>
       <c r="G7" s="114" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="115"/>
       <c r="I7" s="116"/>
       <c r="J7" s="117">
         <f>H7*I7</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A8" s="19" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="76"/>
       <c r="C8" s="76"/>
       <c r="D8" s="77"/>
       <c r="E8" s="42">
         <f>C8*D8</f>
         <v>0</v>
       </c>
       <c r="F8" s="50"/>
       <c r="G8" s="15"/>
       <c r="H8" s="15"/>
       <c r="I8" s="15"/>
       <c r="J8" s="108"/>
     </row>
-    <row r="9" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A9" s="4"/>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="5"/>
       <c r="F9" s="44"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="8"/>
     </row>
-    <row r="10" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="124" t="s">
+    <row r="10" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A10" s="123" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="125"/>
-[...3 lines deleted...]
-      <c r="F10" s="130" t="s">
+      <c r="B10" s="124"/>
+      <c r="C10" s="124"/>
+      <c r="D10" s="124"/>
+      <c r="E10" s="125"/>
+      <c r="F10" s="129" t="s">
         <v>53</v>
       </c>
-      <c r="G10" s="131"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:10" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G10" s="130"/>
+      <c r="H10" s="130"/>
+      <c r="I10" s="130"/>
+      <c r="J10" s="131"/>
+    </row>
+    <row r="11" spans="1:10" ht="28.9" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A11" s="111" t="s">
         <v>49</v>
       </c>
       <c r="B11" s="118" t="s">
         <v>50</v>
       </c>
       <c r="C11" s="82"/>
       <c r="D11" s="83"/>
       <c r="E11" s="119">
         <f>C11*D11</f>
         <v>0</v>
       </c>
       <c r="F11" s="113" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="114" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="115"/>
       <c r="I11" s="116"/>
       <c r="J11" s="117">
         <f>H11*I11</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A12" s="21" t="s">
         <v>51</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="75"/>
       <c r="D12" s="74"/>
       <c r="E12" s="41">
         <f>C12*D12</f>
         <v>0</v>
       </c>
       <c r="F12" s="109"/>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="11"/>
       <c r="J12" s="12"/>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A13" s="22" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="25" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="78"/>
       <c r="D13" s="79"/>
       <c r="E13" s="41">
         <f t="shared" ref="E13:E14" si="0">C13*D13</f>
         <v>0</v>
       </c>
       <c r="F13" s="109"/>
       <c r="G13" s="11"/>
       <c r="H13" s="11"/>
       <c r="I13" s="11"/>
       <c r="J13" s="12"/>
     </row>
-    <row r="14" spans="1:10" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:10" ht="28.9" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A14" s="23" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="76"/>
       <c r="D14" s="77"/>
       <c r="E14" s="42">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F14" s="110"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="108"/>
     </row>
-    <row r="15" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A15" s="4"/>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="5"/>
       <c r="F15" s="51"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="5"/>
     </row>
-    <row r="16" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="124" t="s">
+    <row r="16" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A16" s="123" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="125"/>
-[...3 lines deleted...]
-      <c r="F16" s="124" t="s">
+      <c r="B16" s="124"/>
+      <c r="C16" s="124"/>
+      <c r="D16" s="124"/>
+      <c r="E16" s="125"/>
+      <c r="F16" s="123" t="s">
         <v>14</v>
       </c>
-      <c r="G16" s="125"/>
-[...4 lines deleted...]
-    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G16" s="124"/>
+      <c r="H16" s="124"/>
+      <c r="I16" s="124"/>
+      <c r="J16" s="125"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A17" s="27"/>
       <c r="B17" s="28"/>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="29"/>
       <c r="F17" s="52" t="s">
         <v>34</v>
       </c>
       <c r="G17" s="48" t="s">
         <v>6</v>
       </c>
       <c r="H17" s="80"/>
       <c r="I17" s="81"/>
       <c r="J17" s="72">
         <f>H17*I17</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A18" s="10"/>
       <c r="B18" s="11"/>
       <c r="C18" s="11"/>
       <c r="D18" s="11"/>
       <c r="E18" s="12"/>
       <c r="F18" s="53" t="s">
         <v>27</v>
       </c>
       <c r="G18" s="25" t="s">
         <v>6</v>
       </c>
       <c r="H18" s="78"/>
       <c r="I18" s="79"/>
       <c r="J18" s="72">
         <f t="shared" ref="J18:J19" si="1">H18*I18</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A19" s="10"/>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="12"/>
       <c r="F19" s="53" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="25" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="78"/>
       <c r="I19" s="79"/>
       <c r="J19" s="72">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="143" t="s">
+    <row r="20" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A20" s="144" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="144"/>
-[...2 lines deleted...]
-      <c r="E20" s="145"/>
+      <c r="B20" s="145"/>
+      <c r="C20" s="145"/>
+      <c r="D20" s="145"/>
+      <c r="E20" s="146"/>
       <c r="F20" s="53" t="s">
         <v>21</v>
       </c>
       <c r="G20" s="30"/>
       <c r="H20" s="31"/>
       <c r="I20" s="31"/>
       <c r="J20" s="32"/>
     </row>
-    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A21" s="33" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="34" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="78"/>
       <c r="D21" s="25"/>
       <c r="E21" s="37"/>
       <c r="F21" s="54" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="34" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="78"/>
       <c r="I21" s="25"/>
       <c r="J21" s="37"/>
     </row>
-    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A22" s="33" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="34" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="78"/>
       <c r="D22" s="25"/>
       <c r="E22" s="37"/>
       <c r="F22" s="54" t="s">
         <v>7</v>
       </c>
       <c r="G22" s="34" t="s">
         <v>10</v>
       </c>
       <c r="H22" s="78"/>
       <c r="I22" s="25"/>
       <c r="J22" s="37"/>
     </row>
-    <row r="23" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A23" s="19" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="35" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="76"/>
       <c r="D23" s="77"/>
       <c r="E23" s="72">
         <f t="shared" ref="E23" si="2">C23*D23</f>
         <v>0</v>
       </c>
       <c r="F23" s="55" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="36" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="76"/>
       <c r="I23" s="77"/>
       <c r="J23" s="72">
         <f t="shared" ref="J23" si="3">H23*I23</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A24" s="6"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="56"/>
       <c r="G24" s="9"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
     </row>
-    <row r="25" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="151" t="s">
+    <row r="25" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A25" s="152" t="s">
         <v>30</v>
       </c>
-      <c r="B25" s="125"/>
-[...3 lines deleted...]
-      <c r="F25" s="127" t="s">
+      <c r="B25" s="124"/>
+      <c r="C25" s="124"/>
+      <c r="D25" s="124"/>
+      <c r="E25" s="125"/>
+      <c r="F25" s="126" t="s">
         <v>29</v>
       </c>
-      <c r="G25" s="128"/>
-[...4 lines deleted...]
-    <row r="26" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G25" s="127"/>
+      <c r="H25" s="127"/>
+      <c r="I25" s="127"/>
+      <c r="J25" s="128"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A26" s="18"/>
       <c r="B26" s="20"/>
       <c r="C26" s="20"/>
       <c r="D26" s="20"/>
       <c r="E26" s="38"/>
       <c r="F26" s="57" t="s">
         <v>35</v>
       </c>
       <c r="G26" s="39" t="s">
         <v>6</v>
       </c>
       <c r="H26" s="82"/>
       <c r="I26" s="83"/>
       <c r="J26" s="41">
         <f>H26*I26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:10" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A27" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="25"/>
       <c r="C27" s="25"/>
       <c r="D27" s="25"/>
       <c r="E27" s="37"/>
       <c r="F27" s="122" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="25"/>
       <c r="H27" s="25"/>
       <c r="I27" s="25"/>
       <c r="J27" s="37"/>
     </row>
-    <row r="28" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A28" s="103" t="s">
         <v>41</v>
       </c>
       <c r="B28" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C28" s="78"/>
       <c r="D28" s="79"/>
       <c r="E28" s="41">
         <f t="shared" ref="E28:E30" si="4">C28*D28</f>
         <v>0</v>
       </c>
       <c r="F28" s="103" t="s">
         <v>41</v>
       </c>
       <c r="G28" s="25" t="s">
         <v>9</v>
       </c>
       <c r="H28" s="78"/>
       <c r="I28" s="79"/>
       <c r="J28" s="72">
         <f t="shared" ref="J28:J30" si="5">H28*I28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A29" s="103" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="78"/>
       <c r="D29" s="79"/>
       <c r="E29" s="41">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F29" s="103" t="s">
         <v>43</v>
       </c>
       <c r="G29" s="25" t="s">
         <v>9</v>
       </c>
       <c r="H29" s="78"/>
       <c r="I29" s="79"/>
       <c r="J29" s="72">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A30" s="103" t="s">
         <v>44</v>
       </c>
       <c r="B30" s="25" t="s">
         <v>9</v>
       </c>
       <c r="C30" s="78"/>
       <c r="D30" s="79"/>
       <c r="E30" s="41">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="F30" s="103" t="s">
         <v>44</v>
       </c>
       <c r="G30" s="25" t="s">
         <v>9</v>
       </c>
       <c r="H30" s="78"/>
       <c r="I30" s="79"/>
       <c r="J30" s="72">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:10" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A31" s="104" t="s">
         <v>31</v>
       </c>
       <c r="B31" s="35" t="s">
         <v>9</v>
       </c>
       <c r="C31" s="76"/>
       <c r="D31" s="77"/>
       <c r="E31" s="41">
         <f t="shared" ref="E31" si="6">C31*D31</f>
         <v>0</v>
       </c>
       <c r="F31" s="104" t="s">
         <v>45</v>
       </c>
       <c r="G31" s="35" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="76"/>
       <c r="I31" s="77"/>
       <c r="J31" s="72">
         <f t="shared" ref="J31" si="7">H31*I31</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:10" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A32" s="6"/>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="45"/>
       <c r="G32" s="7"/>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="8"/>
     </row>
-    <row r="33" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="124" t="s">
+    <row r="33" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A33" s="123" t="s">
         <v>22</v>
       </c>
-      <c r="B33" s="125"/>
-[...3 lines deleted...]
-      <c r="F33" s="124" t="s">
+      <c r="B33" s="124"/>
+      <c r="C33" s="124"/>
+      <c r="D33" s="124"/>
+      <c r="E33" s="125"/>
+      <c r="F33" s="123" t="s">
         <v>22</v>
       </c>
-      <c r="G33" s="125"/>
-[...4 lines deleted...]
-    <row r="34" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="G33" s="124"/>
+      <c r="H33" s="124"/>
+      <c r="I33" s="124"/>
+      <c r="J33" s="125"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A34" s="59" t="s">
         <v>38</v>
       </c>
       <c r="B34" s="66"/>
       <c r="C34" s="85"/>
       <c r="D34" s="86"/>
       <c r="E34" s="98">
         <f t="shared" ref="E34:E37" si="8">C34*D34</f>
         <v>0</v>
       </c>
       <c r="F34" s="121" t="s">
         <v>38</v>
       </c>
       <c r="G34" s="66"/>
       <c r="H34" s="82"/>
       <c r="I34" s="83"/>
       <c r="J34" s="100">
         <f t="shared" ref="J34:J37" si="9">H34*I34</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A35" s="22" t="s">
         <v>24</v>
       </c>
       <c r="B35" s="25"/>
       <c r="C35" s="87"/>
       <c r="D35" s="88"/>
       <c r="E35" s="84">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F35" s="58" t="s">
         <v>24</v>
       </c>
       <c r="G35" s="25"/>
       <c r="H35" s="78"/>
       <c r="I35" s="79"/>
       <c r="J35" s="96">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A36" s="22" t="s">
         <v>25</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="75"/>
       <c r="D36" s="74"/>
       <c r="E36" s="41">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F36" s="58" t="s">
         <v>25</v>
       </c>
       <c r="G36" s="20" t="s">
         <v>6</v>
       </c>
       <c r="H36" s="75"/>
       <c r="I36" s="74"/>
       <c r="J36" s="97">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A37" s="22" t="s">
         <v>39</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="75"/>
       <c r="D37" s="74"/>
       <c r="E37" s="41">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F37" s="58" t="s">
         <v>39</v>
       </c>
       <c r="G37" s="20" t="s">
         <v>5</v>
       </c>
       <c r="H37" s="75"/>
       <c r="I37" s="74"/>
       <c r="J37" s="97">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A38" s="68" t="s">
         <v>23</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="90"/>
       <c r="D38" s="91"/>
       <c r="E38" s="89">
         <v>0</v>
       </c>
       <c r="F38" s="70" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="25"/>
       <c r="H38" s="25"/>
       <c r="I38" s="67"/>
       <c r="J38" s="89">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A39" s="69" t="s">
         <v>42</v>
       </c>
       <c r="B39" s="64"/>
       <c r="C39" s="92"/>
       <c r="D39" s="93"/>
       <c r="E39" s="89">
         <v>0</v>
       </c>
       <c r="F39" s="71" t="s">
         <v>42</v>
       </c>
       <c r="G39" s="64"/>
       <c r="H39" s="64"/>
       <c r="I39" s="65"/>
       <c r="J39" s="89">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A40" s="94" t="s">
         <v>26</v>
       </c>
       <c r="B40" s="62"/>
       <c r="C40" s="92"/>
       <c r="D40" s="93"/>
       <c r="E40" s="89">
         <v>0</v>
       </c>
       <c r="F40" s="101" t="s">
         <v>26</v>
       </c>
       <c r="G40" s="62"/>
       <c r="H40" s="64"/>
       <c r="I40" s="65"/>
       <c r="J40" s="89">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A41" s="95"/>
       <c r="B41" s="60"/>
       <c r="C41" s="60"/>
       <c r="D41" s="61"/>
       <c r="E41" s="99">
         <v>0</v>
       </c>
       <c r="F41" s="102"/>
       <c r="G41" s="60"/>
       <c r="H41" s="60"/>
       <c r="I41" s="61"/>
       <c r="J41" s="99">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3"/>
       <c r="E42" s="3"/>
     </row>
-    <row r="43" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A43" s="40" t="s">
         <v>36</v>
       </c>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="46">
         <f>SUM(E7:E8,E11:E14,E23,E28:E31,E34:E41)</f>
         <v>0</v>
       </c>
       <c r="J43" s="120" t="e">
         <f>J7+J11+J17+J18+J19+J23+J26+J28:J31+J34:J41</f>
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="44" spans="1:10" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:10" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A44" s="40" t="s">
         <v>37</v>
       </c>
       <c r="B44" s="3"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="47" t="e">
         <f>E43/B4</f>
         <v>#DIV/0!</v>
       </c>
       <c r="J44" s="73" t="e">
         <f>J43/G4</f>
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="45" spans="1:10" ht="9" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="46" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:10" ht="9" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="46" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.45">
       <c r="F46" s="106"/>
     </row>
-    <row r="47" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-      <c r="F51" s="133" t="s">
+    <row r="47" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A47" s="136" t="s">
+        <v>56</v>
+      </c>
+      <c r="B47" s="137"/>
+      <c r="C47" s="137"/>
+      <c r="D47" s="137"/>
+      <c r="E47" s="137"/>
+      <c r="F47" s="137"/>
+      <c r="G47" s="137"/>
+      <c r="H47" s="137"/>
+      <c r="I47" s="137"/>
+      <c r="J47" s="137"/>
+    </row>
+    <row r="49" spans="6:10" x14ac:dyDescent="0.45">
+      <c r="F49" s="133"/>
+      <c r="G49" s="133"/>
+      <c r="H49" s="133"/>
+      <c r="I49" s="133"/>
+      <c r="J49" s="133"/>
+    </row>
+    <row r="50" spans="6:10" x14ac:dyDescent="0.45">
+      <c r="F50" s="133"/>
+      <c r="G50" s="133"/>
+      <c r="H50" s="133"/>
+      <c r="I50" s="133"/>
+      <c r="J50" s="133"/>
+    </row>
+    <row r="51" spans="6:10" x14ac:dyDescent="0.45">
+      <c r="F51" s="132" t="s">
         <v>48</v>
       </c>
-      <c r="G51" s="133"/>
-[...2 lines deleted...]
-      <c r="J51" s="133"/>
+      <c r="G51" s="132"/>
+      <c r="H51" s="132"/>
+      <c r="I51" s="132"/>
+      <c r="J51" s="132"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="20">
+    <mergeCell ref="F51:J51"/>
+    <mergeCell ref="F49:J49"/>
+    <mergeCell ref="F50:J50"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A47:J47"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="G4:J4"/>
     <mergeCell ref="A20:E20"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="F3:J3"/>
     <mergeCell ref="F6:J6"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="A25:E25"/>
     <mergeCell ref="A33:E33"/>
     <mergeCell ref="F33:J33"/>
     <mergeCell ref="F25:J25"/>
     <mergeCell ref="F16:J16"/>
     <mergeCell ref="F10:J10"/>
-    <mergeCell ref="F51:J51"/>
-[...1 lines deleted...]
-    <mergeCell ref="F50:J50"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" orientation="landscape" horizontalDpi="1200" r:id="rId1"/>
   <headerFooter>
-    <oddHeader>&amp;C&amp;"-,Fett"&amp;22FP-Wegebau&amp;RStand: 1/2024</oddHeader>
-[...451 lines deleted...]
-    <oddHeader>&amp;C&amp;"-,Fett"&amp;22FP-Wegebau&amp;RStand: 1/2024</oddHeader>
+    <oddHeader>&amp;C&amp;"-,Fett"&amp;22FP-Wegebau&amp;RStand: 2/2026</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>FP Abfuhrwege</vt:lpstr>
-      <vt:lpstr>FP Maschinenwege</vt:lpstr>
       <vt:lpstr>'FP Abfuhrwege'!Druckbereich</vt:lpstr>
-      <vt:lpstr>'FP Maschinenwege'!Druckbereich</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SID NLL</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Beier, Thomas - SMUL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>